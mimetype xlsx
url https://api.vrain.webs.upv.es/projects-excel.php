--- v0 (2025-12-09)
+++ v1 (2026-01-26)
@@ -9,485 +9,500 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="268">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="273" uniqueCount="273">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Referencia</t>
   </si>
   <si>
     <t>IP (Investigador Principal)</t>
   </si>
   <si>
     <t>Entidad Financiadora</t>
   </si>
   <si>
     <t>Fecha Inicio</t>
   </si>
   <si>
     <t>Fecha Fin</t>
   </si>
   <si>
-    <t>Licencias software S-17943-2016 TLP; S-19912-2018 TTT_v2; S-044-2020, S-045-2020 y S-046-2020 Neural-based models; S-052-2020 pyTLK; S-060-2020 TT-Streaming</t>
-[...2 lines deleted...]
-    <t>Juan, Alfons</t>
+    <t>Robust Intelligent Reasoning: Techniques, Evaluation and Applications</t>
+  </si>
+  <si>
+    <t>PID2024-162030OB-I00</t>
+  </si>
+  <si>
+    <t>Escobar Román, Santiago</t>
+  </si>
+  <si>
+    <t>AGENCIA ESTATAL DE INVESTIGACION</t>
+  </si>
+  <si>
+    <t>Unified Network for International Cancer Advancement</t>
+  </si>
+  <si>
+    <t>Pastor López, Oscar</t>
+  </si>
+  <si>
+    <t>COMISION DE LAS COMUNIDADES EUROPEA</t>
+  </si>
+  <si>
+    <t>Vulnerability Assessment aNd Testing Automation for Global Enhancement</t>
+  </si>
+  <si>
+    <t>DIADIKASIA BUSINESS CONSULTING SYMVOULOI EPICHEIRISEON AE</t>
+  </si>
+  <si>
+    <t>MATIIGEN: Maduración tecnológica de un prototipo para la interpretación inteligente de variantes genéticas</t>
+  </si>
+  <si>
+    <t>DTS25/00159</t>
+  </si>
+  <si>
+    <t>INSTITUTO DE SALUD CARLOS III</t>
+  </si>
+  <si>
+    <t>ANOTACION AUTOMATICA MULTIMODAL DE BENCHMARKS DE IA PARA LA EVALUACION DE SUS DEMANDAS COGNITIVAS.</t>
+  </si>
+  <si>
+    <t>CIACIF/2023/276</t>
+  </si>
+  <si>
+    <t>Ferri Ramírez, César</t>
+  </si>
+  <si>
+    <t>GENERALITAT VALENCIANA</t>
+  </si>
+  <si>
+    <t>IA PREDECIBLE MEDIANTE EL DESARROLLO DE MODELOS ASESORES.</t>
+  </si>
+  <si>
+    <t>CIACIF/2023/277</t>
+  </si>
+  <si>
+    <t>Hernández-Orallo, José</t>
+  </si>
+  <si>
+    <t>DEPP TECH COMPETENCE ENHANCEMENT FOR DIGITAL TRANSITION IN AGING SOCIETIES CHALLENGES</t>
+  </si>
+  <si>
+    <t>Linares-Pellicer, Jordi</t>
+  </si>
+  <si>
+    <t>Suite de herramientas IA para automatizar gestión, producción y distribución de contenidos audiovisuales.</t>
+  </si>
+  <si>
+    <t>CPP2024-011408</t>
+  </si>
+  <si>
+    <t>HUMAN-CENTRED AI FOR EVERYDAY LIFE</t>
+  </si>
+  <si>
+    <t>CIPROM/2023/23</t>
+  </si>
+  <si>
+    <t>Onaindia De La Rivaherrera, Eva</t>
+  </si>
+  <si>
+    <t>Initiating Software Product Lines through Phylogenetic Events in Model-Driven Software Development Contexts</t>
+  </si>
+  <si>
+    <t>PID2024-162114OB-C21</t>
+  </si>
+  <si>
+    <t>Pastor López, Oscar; Cetina Englada, Carlos</t>
+  </si>
+  <si>
+    <t>BRAINS: Diseño de aplicaciones para escenarios reales basadas en enfoques neuronales, inteligentes y sostenibles</t>
+  </si>
+  <si>
+    <t>PID2024-155948OB-C55</t>
+  </si>
+  <si>
+    <t>Hurtado Oliver, Lluis Felip; Castro-Bleda, Maria Jose</t>
+  </si>
+  <si>
+    <t>Engineering Value Awareness in Social AI</t>
+  </si>
+  <si>
+    <t>PID2024-158227NB-C33</t>
+  </si>
+  <si>
+    <t>Rebollo Pedruelo, Miguel; Heras, Stella</t>
+  </si>
+  <si>
+    <t>HYBRID INTELLIGENCE FOR ADVANCED COLLECTIVE PERCEPTION AND DECISION MAKING IN COMPLEX URBAN ENVIRONMENTS</t>
+  </si>
+  <si>
+    <t>Monserrat, Carlos</t>
+  </si>
+  <si>
+    <t>Optimizing Water Resources in Coastal Areas using Artificial Intelligence</t>
+  </si>
+  <si>
+    <t>PCI2025-163189</t>
+  </si>
+  <si>
+    <t>MÉTODOS DE PREDICCIÓN DE DEMANDA EN PROCECESOS DE LAVADO Y DISTRIBUCIÓN DE EMPRESAS POOL</t>
+  </si>
+  <si>
+    <t>Botti V.</t>
+  </si>
+  <si>
+    <t>LOGIFRUIT IBERIA S.L.U.</t>
+  </si>
+  <si>
+    <t>European Artificial Intelligence and Robotics Testing and Experimentation Facility for Smart and Sustainable Cities and Communities</t>
+  </si>
+  <si>
+    <t>DIGITAL2022 CLOUDAI02/S8760000</t>
+  </si>
+  <si>
+    <t>GENERALITAT VALENCIANA; COMISION DE LAS COMUNIDADES EUROPEA</t>
+  </si>
+  <si>
+    <t>INTELIGENCIA ARTIFICIAL PARA LA DETECCIÓN DE MICROPLÁSTICOS EN AGUAS Y FANGOS DE DEPURACIÓN</t>
+  </si>
+  <si>
+    <t>INNVA1/2025/79</t>
+  </si>
+  <si>
+    <t>AGENCIA VALENCIANA DE LA INNOVACION</t>
+  </si>
+  <si>
+    <t>PREDICTF: Desarrollo de una Herramienta de Aprendizaje Automático para la Predicción de la Fracción Tumoral en DNA Circulante</t>
+  </si>
+  <si>
+    <t>PHG2025-13</t>
+  </si>
+  <si>
+    <t>UNIVERSIDAD POLITECNICA DE VALENCIA</t>
+  </si>
+  <si>
+    <t>SoftCAIRS: Diseño y Desarrollo de Software para la Generación de Nomogramas Optimizados en la Implantación Personalizada de Anillos Alogénicos.</t>
+  </si>
+  <si>
+    <t>PHG2025-14</t>
+  </si>
+  <si>
+    <t>Pérez, Francisca</t>
+  </si>
+  <si>
+    <t>Integración de IoT con Participación Humana y Tecnologías de Digital Twins para la Mejora de Procesos en la Era de la Inteligencia Híbrida</t>
+  </si>
+  <si>
+    <t>PID2023-146224OB-I00</t>
+  </si>
+  <si>
+    <t>Valderas, Pedro; Albert Albiol, Manuela</t>
+  </si>
+  <si>
+    <t>Riesgos de Privacidad en Inteligencia Artificial Generativa para niños, adolescentes y adultos</t>
+  </si>
+  <si>
+    <t>PID2023-151536OB-I00</t>
+  </si>
+  <si>
+    <t>Del Val Noguera, Elena</t>
+  </si>
+  <si>
+    <t>Searching, Indexing, and Recommending EduCational and learning Objects at the UPV</t>
+  </si>
+  <si>
+    <t>CIGE/2024/48</t>
+  </si>
+  <si>
+    <t>Jordán, Jaume</t>
+  </si>
+  <si>
+    <t>BETTER REAL-WORLD HEALTH-DATA DISTRIBUTED ANALYTICS RESEARCH PLATFORM</t>
+  </si>
+  <si>
+    <t>Vos, Tanja Ernestina</t>
+  </si>
+  <si>
+    <t>OPEN UNIVERSITEIT</t>
+  </si>
+  <si>
+    <t>Predicción del Pronóstico en Pacientes con Carcinoma Epidermoide de Cavidad Oral mediante Inteligencia Artificial</t>
+  </si>
+  <si>
+    <t>AP2025-12</t>
+  </si>
+  <si>
+    <t>TECNOLOGIAS DE APRENDIZAJE Y RAZONAMIENTO RAPIDO Y LENTO</t>
+  </si>
+  <si>
+    <t>CIPROM/2022/6</t>
+  </si>
+  <si>
+    <t>Ramírez Quintana, María José</t>
+  </si>
+  <si>
+    <t>CATEDRA ENIA-UPV EN DESARROLLO SOSTENIBLE</t>
+  </si>
+  <si>
+    <t>TSI-100930-2023-9</t>
+  </si>
+  <si>
+    <t>NUNSYS, S.A.</t>
+  </si>
+  <si>
+    <t>Diseño de un anotador escalable y eficiente para variaciones genómicas en rangos cromosómicos específicos</t>
+  </si>
+  <si>
+    <t>PAID-06-24</t>
+  </si>
+  <si>
+    <t>García-Simón, Alberto</t>
+  </si>
+  <si>
+    <t>CONTRATO DE ASESORAMIENTO ENTRE LA UPV Y LA EMPRESA OCCENTUS NETWORK SL PARA VALIDAR EL MODELO PREDICTIVO DE EDGEWATCH</t>
+  </si>
+  <si>
+    <t>OCCENTUS NETWORKS SL.</t>
+  </si>
+  <si>
+    <t>INTERACT-EUROPE 100</t>
+  </si>
+  <si>
+    <t>Civera Saiz, Jorge</t>
+  </si>
+  <si>
+    <t>Hacia la AI Predictible</t>
+  </si>
+  <si>
+    <t>EUR2024-153548</t>
+  </si>
+  <si>
+    <t>Symbolic rewriting methods for safety and security of critical cyber-physical systems</t>
+  </si>
+  <si>
+    <t>SPS.MYP.G6133</t>
+  </si>
+  <si>
+    <t>ORGANIZACION TRATADO ATLANTICO NORTE</t>
+  </si>
+  <si>
+    <t>SERIOUS GAMES FOR CREATIVITY AND SOCIAL COHESION IN TEACHER EDUCATION</t>
+  </si>
+  <si>
+    <t>101128757-EDU-2023-CBHE</t>
+  </si>
+  <si>
+    <t>Benchmarking LLM agents on consequential realworld tasks</t>
+  </si>
+  <si>
+    <t>G131515</t>
+  </si>
+  <si>
+    <t>THE CHANCELLOR MASTERS &amp; OF THE UNIVERSITY OF CAMBRIDGE</t>
+  </si>
+  <si>
+    <t>MÉTODOS FORMALES ESCALABLES PARA APLICACIONES REALES</t>
+  </si>
+  <si>
+    <t>PID2021-122830OB-C42</t>
+  </si>
+  <si>
+    <t>SERVICIOS INTELIGENTES COORDINADOS PARA ÁREAS INTELIGENTES ADAPTATIVAS</t>
+  </si>
+  <si>
+    <t>PID2021-123673OB-C31</t>
+  </si>
+  <si>
+    <t>Julian, Vicente</t>
+  </si>
+  <si>
+    <t>CYBERSECURITY FOR ALL</t>
+  </si>
+  <si>
+    <t>Reingeniería de Líneas de Producto Software en Modelos Software mediante Filogenética Evolutiva (VARNETICA)</t>
+  </si>
+  <si>
+    <t>CNS2023-145422</t>
+  </si>
+  <si>
+    <t>Cetina Englada, Carlos</t>
+  </si>
+  <si>
+    <t>Plataforma para la gestión de prevención temprana de emergencia climáticas (PGTEC)</t>
+  </si>
+  <si>
+    <t>TSI-100130-2024-0014</t>
+  </si>
+  <si>
+    <t>MINISTERIO PARA LA TRANSFORMACION DIGITAL Y FUNCION PUBLICA</t>
+  </si>
+  <si>
+    <t>CENTRO DE DATOS DE MOVILIDAD URBANA PARA LA FUTURA PLATAFORMA INTEROPERABLE DE CONDUCCIÓN AUTÓNOMA DE LA CIUDAD DE VALENCIA</t>
+  </si>
+  <si>
+    <t>ESC. POSTGRAU I XARXA CENTRES D INVESTIGACIO EN INTEL. ARTIF</t>
+  </si>
+  <si>
+    <t>DESARROLLO DE UN GEMELO DIGITAL PARA LA GESTIÓN AUTÓNOMA DE FLOTAS EN ENTORNOS URBANOS (CASO DE USO LDT)</t>
+  </si>
+  <si>
+    <t>Botti V.; Palanca Cámara, Javier</t>
+  </si>
+  <si>
+    <t>SISTEMA INTELIGENTE PARA LA GESTIÓN DE LAS ENFERMEDADES CRÓNICAS BASADO EN INTELIGENCIA ARTIFICIAL GENERATIVA</t>
+  </si>
+  <si>
+    <t>LABERIT SISTEMAS, S.L.</t>
+  </si>
+  <si>
+    <t>Palanca Cámara, Javier</t>
+  </si>
+  <si>
+    <t>CYBERSOC ERIS SALUD</t>
+  </si>
+  <si>
+    <t>SINGLAR INNOVACION SL</t>
+  </si>
+  <si>
+    <t>Seguridad y Privacidad en Sistemas con Inteligencia Artificial</t>
+  </si>
+  <si>
+    <t>Criado Pacheco, Natalia</t>
+  </si>
+  <si>
+    <t>INST NAL DE CIBERSEGURIDAD DE ESPAÑA, S.A.</t>
+  </si>
+  <si>
+    <t>DESCUBRIENDO EL SIGNIFICADO Y LA INTENCIÓN MÁS ALLÁ DE LA PALABRA HABLADA: HACIA UN ENTORNO INTELIGENTE PARA ABORDAR LOS DOCUMENTOS MULTIMEDIA</t>
+  </si>
+  <si>
+    <t>PID2021-126061OB-C41</t>
+  </si>
+  <si>
+    <t>Hurtado Oliver, Lluis Felip</t>
+  </si>
+  <si>
+    <t>APRENDIZAJE PARA PLANIFICACIÓN SENSIBLE AL HUMANO</t>
+  </si>
+  <si>
+    <t>PID2021-127647NB-C22</t>
+  </si>
+  <si>
+    <t>Sebastiá Tarín, Laura</t>
+  </si>
+  <si>
+    <t>A 360 DEGREES PERSPECTIVE ON THE VALUE OF MUSIC</t>
+  </si>
+  <si>
+    <t>RENAULT ESPAÑA, S.A.</t>
+  </si>
+  <si>
+    <t>guardIA: GUArdian Personal Virtual en RealiDades SocIAles Hibridas</t>
+  </si>
+  <si>
+    <t>CIPROM/2021/077</t>
+  </si>
+  <si>
+    <t>Combining Explainable Artificial Intelligence and Conceptual Modelling for Data Intensive Domains Management</t>
+  </si>
+  <si>
+    <t>CIPROM/2021/023</t>
+  </si>
+  <si>
+    <t>Desarrollo de un Agente Inteligente para la Detección y Tratamiento de Distorsiones Cognitivas</t>
+  </si>
+  <si>
+    <t>Taverner-Aparicio, Joaquín José</t>
+  </si>
+  <si>
+    <t>METODOS RIGUROSOS PARA LA SIGUIENTE GENERACION DE INTERNET</t>
+  </si>
+  <si>
+    <t>PAID-11-24</t>
+  </si>
+  <si>
+    <t>Silva, Josep</t>
+  </si>
+  <si>
+    <t>AUTOMATIZACIÓN INTELIGENTE DE RESERVAS</t>
+  </si>
+  <si>
+    <t>Alberola Oltra, Juan Miguel</t>
+  </si>
+  <si>
+    <t>TURIGESTION SL</t>
+  </si>
+  <si>
+    <t>CYBERSOC-ERIS-SECTOR CRÍTICO</t>
+  </si>
+  <si>
+    <t>DESARROLLO DE UN PROTOTIPO DE INFORMACIÓN PERSONALIZADA EN TIEMPO REAL SOBRE EL DESTINO DEL VIAJE</t>
+  </si>
+  <si>
+    <t>INGENIERIA DE VALORES EN SISTEMAS DE IA: HERRAMIENTAS PARA LA TOMA DE DECISIONES BASADAS EN VALORES</t>
+  </si>
+  <si>
+    <t>TED2021-131295B-C32</t>
   </si>
   <si>
     <t>Desconocido</t>
   </si>
   <si>
-    <t>Robust Intelligent Reasoning: Techniques, Evaluation and Applications</t>
-[...394 lines deleted...]
-  <si>
     <t>FUNDACION INVESTIGACION HOSPITAL CLINICO CV</t>
   </si>
   <si>
     <t>UNIVERSITAT DE VALENCIA</t>
   </si>
   <si>
     <t>EUROPEAN INNOVATION ALLIANCE FOR TESTING EDUCATION</t>
   </si>
   <si>
-    <t>Vos, Tanja Ernestina; Marín, Beatriz</t>
+    <t>Marín, Beatriz; Vos, Tanja Ernestina</t>
   </si>
   <si>
     <t>DESARROLLO ÁGIL DE SISTEMAS DESDE REQUISITOS A CÓDIGO</t>
   </si>
   <si>
     <t>PID2021-123824OB-I00</t>
   </si>
   <si>
     <t>DOBLAJE AUTOMÁTICO CROSLINGÜE EN TIEMPO REAL DE CONTENIDO EDUCATIVO Y PARLAMENTARIO</t>
   </si>
   <si>
     <t>PID2021-122443OB-I00</t>
   </si>
   <si>
     <t>Sanchis Navarro, José Alberto</t>
   </si>
   <si>
     <t>DESARROLLO DEL PROYECTO DYNAMO-PCP: DISEÑO DE MODELOS Y ALGORITMOS DE OPTIMIZACIÓN PARA LA PLANIFICACIÓN DE RECURSOS EN EL ÁMBITO SANITARIO</t>
   </si>
   <si>
     <t>GMV SOLUCIONES GLOBALES INTERNET S.A.</t>
   </si>
   <si>
     <t>CatedraPlanetaSostenible2STIAD</t>
   </si>
@@ -900,2493 +915,2535 @@
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-  <dimension ref="A1:F123"/>
+  <dimension ref="A1:F125"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="1"/>
     <col min="2" max="2" width="42" customWidth="1"/>
     <col min="3" max="3" width="54" customWidth="1"/>
     <col min="4" max="4" width="60" customWidth="1"/>
     <col min="5" max="5" width="13" customWidth="1"/>
     <col min="6" max="6" width="11" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="18">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="3">
         <v>6</v>
       </c>
-      <c r="B2" t="s" s="3"/>
+      <c r="B2" t="s" s="3">
+        <v>7</v>
+      </c>
       <c r="C2" t="s" s="3">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D2" t="s" s="3">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E2" s="4">
-        <v>45973</v>
+        <v>45901</v>
       </c>
       <c r="F2" s="4">
-        <v>53277</v>
+        <v>47361</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s" s="5">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="B3" t="s" s="5">
         <v>10</v>
+      </c>
+      <c r="B3" s="5">
+        <v>101218966</v>
       </c>
       <c r="C3" t="s" s="5">
         <v>11</v>
       </c>
       <c r="D3" t="s" s="5">
         <v>12</v>
       </c>
       <c r="E3" s="6">
         <v>45901</v>
       </c>
       <c r="F3" s="6">
-        <v>47361</v>
+        <v>47177</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s" s="3">
         <v>13</v>
       </c>
       <c r="B4" s="3">
-        <v>101218966</v>
+        <v>101249800</v>
       </c>
       <c r="C4" t="s" s="3">
+        <v>8</v>
+      </c>
+      <c r="D4" t="s" s="3">
         <v>14</v>
       </c>
-      <c r="D4" t="s" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="E4" s="4">
-        <v>45901</v>
+        <v>46023</v>
       </c>
       <c r="F4" s="4">
-        <v>47177</v>
+        <v>47118</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s" s="5">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s" s="5">
         <v>16</v>
       </c>
-      <c r="B5" t="s" s="5">
+      <c r="C5" t="s" s="5">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s" s="5">
         <v>17</v>
       </c>
-      <c r="C5" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="E5" s="6">
-        <v>45614</v>
+        <v>46023</v>
       </c>
       <c r="F5" s="6">
-        <v>47074</v>
+        <v>47118</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s" s="3">
+        <v>18</v>
+      </c>
+      <c r="B6" t="s" s="3">
+        <v>19</v>
+      </c>
+      <c r="C6" t="s" s="3">
         <v>20</v>
       </c>
-      <c r="B6" t="s" s="3">
+      <c r="D6" t="s" s="3">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
       <c r="E6" s="4">
         <v>45614</v>
       </c>
       <c r="F6" s="4">
         <v>47074</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s" s="5">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s" s="5">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>101246390</v>
       </c>
       <c r="C7" t="s" s="5">
         <v>24</v>
       </c>
       <c r="D7" t="s" s="5">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="E7" s="6">
-        <v>45962</v>
+        <v>45614</v>
       </c>
       <c r="F7" s="6">
-        <v>47057</v>
+        <v>47074</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s" s="3">
         <v>25</v>
       </c>
-      <c r="B8" t="s" s="3">
+      <c r="B8" s="3">
+        <v>101246390</v>
+      </c>
+      <c r="C8" t="s" s="3">
         <v>26</v>
       </c>
-      <c r="C8" t="s" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s" s="3">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E8" s="4">
-        <v>45536</v>
+        <v>45962</v>
       </c>
       <c r="F8" s="4">
-        <v>46996</v>
+        <v>47057</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s" s="5">
+        <v>27</v>
+      </c>
+      <c r="B9" t="s" s="5">
         <v>28</v>
       </c>
-      <c r="B9" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="C9" t="s" s="5">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s" s="5">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E9" s="6">
-        <v>45901</v>
+        <v>45931</v>
       </c>
       <c r="F9" s="6">
-        <v>46996</v>
+        <v>47026</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s" s="3">
+        <v>29</v>
+      </c>
+      <c r="B10" t="s" s="3">
+        <v>30</v>
+      </c>
+      <c r="C10" t="s" s="3">
         <v>31</v>
       </c>
-      <c r="B10" t="s" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="D10" t="s" s="3">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E10" s="4">
-        <v>45901</v>
+        <v>45536</v>
       </c>
       <c r="F10" s="4">
         <v>46996</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s" s="5">
+        <v>32</v>
+      </c>
+      <c r="B11" t="s" s="5">
+        <v>33</v>
+      </c>
+      <c r="C11" t="s" s="5">
         <v>34</v>
       </c>
-      <c r="B11" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="D11" t="s" s="5">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E11" s="6">
         <v>45901</v>
       </c>
       <c r="F11" s="6">
         <v>46996</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s" s="3">
+        <v>35</v>
+      </c>
+      <c r="B12" t="s" s="3">
+        <v>36</v>
+      </c>
+      <c r="C12" t="s" s="3">
         <v>37</v>
       </c>
-      <c r="B12" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="D12" t="s" s="3">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E12" s="4">
-        <v>45839</v>
+        <v>45901</v>
       </c>
       <c r="F12" s="4">
-        <v>46934</v>
+        <v>46996</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="B13" t="s" s="5">
         <v>39</v>
       </c>
-      <c r="B13" t="s" s="5">
+      <c r="C13" t="s" s="5">
         <v>40</v>
       </c>
-      <c r="C13" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="D13" t="s" s="5">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E13" s="6">
-        <v>45839</v>
+        <v>45901</v>
       </c>
       <c r="F13" s="6">
-        <v>46934</v>
+        <v>46996</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s" s="3">
         <v>41</v>
       </c>
-      <c r="B14" t="s" s="3"/>
+      <c r="B14" s="3">
+        <v>101202228</v>
+      </c>
       <c r="C14" t="s" s="3">
         <v>42</v>
       </c>
       <c r="D14" t="s" s="3">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="E14" s="4">
-        <v>45793</v>
+        <v>45839</v>
       </c>
       <c r="F14" s="4">
-        <v>46889</v>
+        <v>46934</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="B15" t="s" s="5">
         <v>44</v>
       </c>
-      <c r="B15" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="C15" t="s" s="5">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="D15" t="s" s="5">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="E15" s="6">
-        <v>44927</v>
+        <v>45839</v>
       </c>
       <c r="F15" s="6">
-        <v>46752</v>
+        <v>46934</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s" s="3">
+        <v>45</v>
+      </c>
+      <c r="B16" t="s" s="3"/>
+      <c r="C16" t="s" s="3">
+        <v>46</v>
+      </c>
+      <c r="D16" t="s" s="3">
         <v>47</v>
       </c>
-      <c r="B16" t="s" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="E16" s="4">
-        <v>45658</v>
+        <v>45793</v>
       </c>
       <c r="F16" s="4">
-        <v>46752</v>
+        <v>46889</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="B17" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="C17" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="D17" t="s" s="5">
         <v>50</v>
       </c>
-      <c r="B17" t="s" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="E17" s="6">
-        <v>46023</v>
+        <v>44927</v>
       </c>
       <c r="F17" s="6">
         <v>46752</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s" s="3">
+        <v>51</v>
+      </c>
+      <c r="B18" t="s" s="3">
+        <v>52</v>
+      </c>
+      <c r="C18" t="s" s="3">
+        <v>42</v>
+      </c>
+      <c r="D18" t="s" s="3">
         <v>53</v>
       </c>
-      <c r="B18" t="s" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="E18" s="4">
-        <v>46023</v>
+        <v>45658</v>
       </c>
       <c r="F18" s="4">
         <v>46752</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="B19" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="C19" t="s" s="5">
+        <v>11</v>
+      </c>
+      <c r="D19" t="s" s="5">
         <v>56</v>
       </c>
-      <c r="B19" t="s" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="E19" s="6">
-        <v>45536</v>
+        <v>46023</v>
       </c>
       <c r="F19" s="6">
-        <v>46630</v>
+        <v>46752</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s" s="3">
+        <v>57</v>
+      </c>
+      <c r="B20" t="s" s="3">
+        <v>58</v>
+      </c>
+      <c r="C20" t="s" s="3">
         <v>59</v>
       </c>
-      <c r="B20" t="s" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="D20" t="s" s="3">
-        <v>12</v>
+        <v>56</v>
       </c>
       <c r="E20" s="4">
-        <v>45839</v>
+        <v>46023</v>
       </c>
       <c r="F20" s="4">
-        <v>46630</v>
+        <v>46752</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s" s="5">
+        <v>60</v>
+      </c>
+      <c r="B21" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="C21" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="B21" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="D21" t="s" s="5">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="E21" s="6">
-        <v>45901</v>
+        <v>45536</v>
       </c>
       <c r="F21" s="6">
         <v>46630</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s" s="3">
+        <v>63</v>
+      </c>
+      <c r="B22" t="s" s="3">
+        <v>64</v>
+      </c>
+      <c r="C22" t="s" s="3">
         <v>65</v>
       </c>
-      <c r="B22" s="3">
+      <c r="D22" t="s" s="3">
+        <v>9</v>
+      </c>
+      <c r="E22" s="4">
+        <v>45839</v>
+      </c>
+      <c r="F22" s="4">
+        <v>46630</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s" s="5">
+        <v>66</v>
+      </c>
+      <c r="B23" t="s" s="5">
+        <v>67</v>
+      </c>
+      <c r="C23" t="s" s="5">
+        <v>68</v>
+      </c>
+      <c r="D23" t="s" s="5">
+        <v>21</v>
+      </c>
+      <c r="E23" s="6">
+        <v>45901</v>
+      </c>
+      <c r="F23" s="6">
+        <v>46630</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s" s="3">
+        <v>69</v>
+      </c>
+      <c r="B24" s="3">
         <v>101136262</v>
       </c>
-      <c r="C22" t="s" s="3">
-[...5 lines deleted...]
-      <c r="E22" s="4">
+      <c r="C24" t="s" s="3">
+        <v>11</v>
+      </c>
+      <c r="D24" t="s" s="3">
+        <v>12</v>
+      </c>
+      <c r="E24" s="4">
         <v>45261</v>
       </c>
-      <c r="F22" s="4">
+      <c r="F24" s="4">
         <v>46538</v>
       </c>
     </row>
-    <row r="23">
-      <c r="A23" t="inlineStr" s="5">
+    <row r="25">
+      <c r="A25" t="inlineStr" s="5">
         <is>
           <t>TECHNOLOGICAL SUPPORT BETWEEN THE UNIVERSITAT POLITÈCNICA DE VALÈNCIA AND THE OPEN UNIVERSITY OF THE NETHERLANDS TO ASSIST AND CO-ORDINATE AUTOMATED SOFTWARE TESTING RESEARCH WITH TESTAR AT THE OU</t>
         </is>
       </c>
-      <c r="B23" t="s" s="5"/>
-[...6 lines deleted...]
-      <c r="E23" s="6">
+      <c r="B25" t="s" s="5"/>
+      <c r="C25" t="s" s="5">
+        <v>70</v>
+      </c>
+      <c r="D25" t="s" s="5">
+        <v>71</v>
+      </c>
+      <c r="E25" s="6">
         <v>45559</v>
       </c>
-      <c r="F23" s="6">
+      <c r="F25" s="6">
         <v>46531</v>
       </c>
     </row>
-    <row r="24">
-[...12 lines deleted...]
-      <c r="E24" s="4">
+    <row r="26">
+      <c r="A26" t="s" s="3">
+        <v>72</v>
+      </c>
+      <c r="B26" t="s" s="3">
+        <v>73</v>
+      </c>
+      <c r="C26" t="s" s="3">
+        <v>11</v>
+      </c>
+      <c r="D26" t="s" s="3">
+        <v>56</v>
+      </c>
+      <c r="E26" s="4">
         <v>45901</v>
       </c>
-      <c r="F24" s="4">
+      <c r="F26" s="4">
         <v>46446</v>
       </c>
     </row>
-    <row r="25">
-      <c r="A25" t="inlineStr" s="5">
+    <row r="27">
+      <c r="A27" t="inlineStr" s="5">
         <is>
           <t>TECHNOLOGICAL SUPPORT BETWEEN THE UNIVERSITAT POLITÈCNICA DE VALÈNCIA AND THE OPEN UNIVERSITY OF THE NETHERLANDS TO ASSIST AND CO-ORDINATE THE INCLUSION OF SOFTWARE TESTING RESEARCH AND EDUCATION AT THE OU</t>
         </is>
       </c>
-      <c r="B25" t="s" s="5"/>
-[...6 lines deleted...]
-      <c r="E25" s="6">
+      <c r="B27" t="s" s="5"/>
+      <c r="C27" t="s" s="5">
+        <v>70</v>
+      </c>
+      <c r="D27" t="s" s="5">
+        <v>71</v>
+      </c>
+      <c r="E27" s="6">
         <v>45292</v>
       </c>
-      <c r="F25" s="6">
+      <c r="F27" s="6">
         <v>46388</v>
-      </c>
-[...38 lines deleted...]
-        <v>46387</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s" s="3">
+        <v>74</v>
+      </c>
+      <c r="B28" t="s" s="3">
+        <v>75</v>
+      </c>
+      <c r="C28" t="s" s="3">
         <v>76</v>
       </c>
-      <c r="B28" t="s" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="D28" t="s" s="3">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="E28" s="4">
-        <v>45658</v>
+        <v>44927</v>
       </c>
       <c r="F28" s="4">
         <v>46387</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s" s="5">
+        <v>77</v>
+      </c>
+      <c r="B29" t="s" s="5">
+        <v>78</v>
+      </c>
+      <c r="C29" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="D29" t="s" s="5">
         <v>79</v>
       </c>
-      <c r="B29" t="s" s="5"/>
-[...5 lines deleted...]
-      </c>
       <c r="E29" s="6">
-        <v>45992</v>
+        <v>46023</v>
       </c>
       <c r="F29" s="6">
-        <v>46357</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s" s="3">
+        <v>80</v>
+      </c>
+      <c r="B30" t="s" s="3">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>101129375</v>
       </c>
       <c r="C30" t="s" s="3">
         <v>82</v>
       </c>
       <c r="D30" t="s" s="3">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="E30" s="4">
-        <v>45261</v>
+        <v>45658</v>
       </c>
       <c r="F30" s="4">
-        <v>46356</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s" s="5">
         <v>83</v>
       </c>
-      <c r="B31" t="s" s="5">
+      <c r="B31" t="s" s="5"/>
+      <c r="C31" t="s" s="5">
+        <v>8</v>
+      </c>
+      <c r="D31" t="s" s="5">
         <v>84</v>
       </c>
-      <c r="C31" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="E31" s="6">
-        <v>45627</v>
+        <v>45992</v>
       </c>
       <c r="F31" s="6">
-        <v>46356</v>
+        <v>46357</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s" s="3">
         <v>85</v>
       </c>
-      <c r="B32" t="s" s="3">
+      <c r="B32" s="3">
+        <v>101129375</v>
+      </c>
+      <c r="C32" t="s" s="3">
         <v>86</v>
       </c>
-      <c r="C32" t="s" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="D32" t="s" s="3">
-        <v>87</v>
+        <v>12</v>
       </c>
       <c r="E32" s="4">
-        <v>45243</v>
+        <v>45261</v>
       </c>
       <c r="F32" s="4">
-        <v>46338</v>
+        <v>46356</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s" s="5">
+        <v>87</v>
+      </c>
+      <c r="B33" t="s" s="5">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="C33" t="s" s="5">
         <v>24</v>
       </c>
       <c r="D33" t="s" s="5">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E33" s="6">
-        <v>45231</v>
+        <v>45627</v>
       </c>
       <c r="F33" s="6">
-        <v>46326</v>
+        <v>46356</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s" s="3">
+        <v>89</v>
+      </c>
+      <c r="B34" t="s" s="3">
         <v>90</v>
       </c>
-      <c r="B34" t="s" s="3">
+      <c r="C34" t="s" s="3">
+        <v>8</v>
+      </c>
+      <c r="D34" t="s" s="3">
         <v>91</v>
       </c>
-      <c r="C34" t="s" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="E34" s="4">
-        <v>45776</v>
+        <v>45243</v>
       </c>
       <c r="F34" s="4">
-        <v>46295</v>
+        <v>46338</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s" s="5">
+        <v>92</v>
+      </c>
+      <c r="B35" t="s" s="5">
         <v>93</v>
       </c>
-      <c r="B35" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="C35" t="s" s="5">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="D35" t="s" s="5">
         <v>12</v>
       </c>
       <c r="E35" s="6">
-        <v>44805</v>
+        <v>45231</v>
       </c>
       <c r="F35" s="6">
-        <v>46265</v>
+        <v>46326</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s" s="3">
+        <v>94</v>
+      </c>
+      <c r="B36" t="s" s="3">
         <v>95</v>
       </c>
-      <c r="B36" t="s" s="3">
+      <c r="C36" t="s" s="3">
+        <v>24</v>
+      </c>
+      <c r="D36" t="s" s="3">
         <v>96</v>
       </c>
-      <c r="C36" t="s" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="E36" s="4">
-        <v>44805</v>
+        <v>45776</v>
       </c>
       <c r="F36" s="4">
-        <v>46265</v>
+        <v>46295</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s" s="5">
+        <v>97</v>
+      </c>
+      <c r="B37" t="s" s="5">
         <v>98</v>
       </c>
-      <c r="B37" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="C37" t="s" s="5">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D37" t="s" s="5">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E37" s="6">
-        <v>45108</v>
+        <v>44805</v>
       </c>
       <c r="F37" s="6">
-        <v>46203</v>
+        <v>46265</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s" s="3">
         <v>99</v>
       </c>
       <c r="B38" t="s" s="3">
         <v>100</v>
       </c>
       <c r="C38" t="s" s="3">
         <v>101</v>
       </c>
       <c r="D38" t="s" s="3">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E38" s="4">
-        <v>45474</v>
+        <v>44805</v>
       </c>
       <c r="F38" s="4">
-        <v>46203</v>
+        <v>46265</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s" s="5">
         <v>102</v>
       </c>
-      <c r="B39" t="s" s="5">
-        <v>103</v>
+      <c r="B39" s="5">
+        <v>101083009</v>
       </c>
       <c r="C39" t="s" s="5">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="D39" t="s" s="5">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="E39" s="6">
-        <v>45809</v>
+        <v>45108</v>
       </c>
       <c r="F39" s="6">
         <v>46203</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s" s="3">
+        <v>103</v>
+      </c>
+      <c r="B40" t="s" s="3">
+        <v>104</v>
+      </c>
+      <c r="C40" t="s" s="3">
         <v>105</v>
       </c>
-      <c r="B40" t="s" s="3"/>
-[...2 lines deleted...]
-      </c>
       <c r="D40" t="s" s="3">
-        <v>106</v>
+        <v>9</v>
       </c>
       <c r="E40" s="4">
-        <v>45930</v>
+        <v>45474</v>
       </c>
       <c r="F40" s="4">
         <v>46203</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s" s="5">
+        <v>106</v>
+      </c>
+      <c r="B41" t="s" s="5">
         <v>107</v>
       </c>
-      <c r="B41" t="s" s="5"/>
       <c r="C41" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="D41" t="s" s="5">
         <v>108</v>
       </c>
-      <c r="D41" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="E41" s="6">
-        <v>45709</v>
+        <v>45809</v>
       </c>
       <c r="F41" s="6">
-        <v>46191</v>
+        <v>46203</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s" s="3">
         <v>109</v>
       </c>
       <c r="B42" t="s" s="3"/>
       <c r="C42" t="s" s="3">
-        <v>11</v>
+        <v>101</v>
       </c>
       <c r="D42" t="s" s="3">
         <v>110</v>
       </c>
       <c r="E42" s="4">
+        <v>45930</v>
+      </c>
+      <c r="F42" s="4">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s" s="5">
+        <v>111</v>
+      </c>
+      <c r="B43" t="s" s="5"/>
+      <c r="C43" t="s" s="5">
+        <v>112</v>
+      </c>
+      <c r="D43" t="s" s="5">
+        <v>79</v>
+      </c>
+      <c r="E43" s="6">
+        <v>45709</v>
+      </c>
+      <c r="F43" s="6">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s" s="3">
+        <v>113</v>
+      </c>
+      <c r="B44" t="s" s="3"/>
+      <c r="C44" t="s" s="3">
+        <v>8</v>
+      </c>
+      <c r="D44" t="s" s="3">
+        <v>114</v>
+      </c>
+      <c r="E44" s="4">
         <v>45936</v>
       </c>
-      <c r="F42" s="4">
+      <c r="F44" s="4">
         <v>46179</v>
       </c>
     </row>
-    <row r="43">
-      <c r="A43" t="inlineStr" s="5">
+    <row r="45">
+      <c r="A45" t="inlineStr" s="5">
         <is>
           <t>DESARROLLO DE NUEVAS TECNOLOGÍAS IA HÍBRIDO COGNITIVASY SU APLICACIÓN EN LOS PROCESOS PRODUCTIVOSINDUSTRIALES DE ÚLTIMA GENERACIÓN: INDUSTRIA DE FABRICACIÓN ADITIVA</t>
         </is>
       </c>
-      <c r="B43" t="s" s="5"/>
-[...34 lines deleted...]
-      </c>
       <c r="B45" t="s" s="5"/>
       <c r="C45" t="s" s="5">
         <v>115</v>
       </c>
       <c r="D45" t="s" s="5">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="E45" s="6">
-        <v>45866</v>
+        <v>45930</v>
       </c>
       <c r="F45" s="6">
-        <v>46112</v>
+        <v>46142</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s" s="3">
+        <v>116</v>
+      </c>
+      <c r="B46" t="s" s="3"/>
+      <c r="C46" t="s" s="3">
+        <v>8</v>
+      </c>
+      <c r="D46" t="s" s="3">
         <v>117</v>
       </c>
-      <c r="B46" t="s" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="E46" s="4">
-        <v>44805</v>
+        <v>45005</v>
       </c>
       <c r="F46" s="4">
-        <v>46081</v>
+        <v>46113</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s" s="5">
+        <v>118</v>
+      </c>
+      <c r="B47" t="s" s="5"/>
+      <c r="C47" t="s" s="5">
+        <v>119</v>
+      </c>
+      <c r="D47" t="s" s="5">
         <v>120</v>
       </c>
-      <c r="B47" t="s" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="E47" s="6">
-        <v>44805</v>
+        <v>45866</v>
       </c>
       <c r="F47" s="6">
-        <v>46081</v>
+        <v>46112</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s" s="3">
+        <v>121</v>
+      </c>
+      <c r="B48" t="s" s="3">
+        <v>122</v>
+      </c>
+      <c r="C48" t="s" s="3">
         <v>123</v>
       </c>
-      <c r="B48" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="D48" t="s" s="3">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E48" s="4">
-        <v>44986</v>
+        <v>44805</v>
       </c>
       <c r="F48" s="4">
         <v>46081</v>
       </c>
     </row>
     <row r="49">
-      <c r="A49" t="inlineStr" s="5">
+      <c r="A49" t="s" s="5">
+        <v>124</v>
+      </c>
+      <c r="B49" t="s" s="5">
+        <v>125</v>
+      </c>
+      <c r="C49" t="s" s="5">
+        <v>126</v>
+      </c>
+      <c r="D49" t="s" s="5">
+        <v>9</v>
+      </c>
+      <c r="E49" s="6">
+        <v>44805</v>
+      </c>
+      <c r="F49" s="6">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s" s="3">
+        <v>127</v>
+      </c>
+      <c r="B50" s="3">
+        <v>101094872</v>
+      </c>
+      <c r="C50" t="s" s="3">
+        <v>11</v>
+      </c>
+      <c r="D50" t="s" s="3">
+        <v>12</v>
+      </c>
+      <c r="E50" s="4">
+        <v>44986</v>
+      </c>
+      <c r="F50" s="4">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr" s="5">
         <is>
           <t>Desarrollo de una plataforma dermatológica basada en IA entrenada con parámetros 3D, multiespectrales y fisicoquímicos para la evaluación y seguimiento de patologías cutáneas y sus tratamientos</t>
         </is>
       </c>
-      <c r="B49" t="s" s="5"/>
-[...6 lines deleted...]
-      <c r="E49" s="6">
+      <c r="B51" t="s" s="5"/>
+      <c r="C51" t="s" s="5">
+        <v>11</v>
+      </c>
+      <c r="D51" t="s" s="5">
+        <v>21</v>
+      </c>
+      <c r="E51" s="6">
         <v>45679</v>
       </c>
-      <c r="F49" s="6">
+      <c r="F51" s="6">
         <v>46081</v>
       </c>
     </row>
-    <row r="50">
-      <c r="A50" t="inlineStr" s="3">
+    <row r="52">
+      <c r="A52" t="inlineStr" s="3">
         <is>
           <t>CONTRATO DE INVESTIGACION Y DESARROLLO ENTRE LA UNIVERSITAT POLITECNICA DE VALENCIA Y LA EMPRESA RENAULT ESPANA S.A. PARA ABORDAR RETOS Y SOLUCIONES DE IA Y MOVILIDAD</t>
         </is>
       </c>
-      <c r="B50" t="s" s="3"/>
-[...6 lines deleted...]
-      <c r="E50" s="4">
+      <c r="B52" t="s" s="3"/>
+      <c r="C52" t="s" s="3">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s" s="3">
+        <v>128</v>
+      </c>
+      <c r="E52" s="4">
         <v>45667</v>
       </c>
-      <c r="F50" s="4">
+      <c r="F52" s="4">
         <v>46032</v>
-      </c>
-[...38 lines deleted...]
-        <v>46022</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s" s="5">
         <v>129</v>
       </c>
       <c r="B53" t="s" s="5">
-        <v>77</v>
+        <v>130</v>
       </c>
       <c r="C53" t="s" s="5">
-        <v>130</v>
+        <v>46</v>
       </c>
       <c r="D53" t="s" s="5">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="E53" s="6">
-        <v>45658</v>
+        <v>44562</v>
       </c>
       <c r="F53" s="6">
         <v>46022</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s" s="3">
         <v>131</v>
       </c>
       <c r="B54" t="s" s="3">
         <v>132</v>
       </c>
       <c r="C54" t="s" s="3">
-        <v>133</v>
+        <v>11</v>
       </c>
       <c r="D54" t="s" s="3">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="E54" s="4">
-        <v>45658</v>
+        <v>44562</v>
       </c>
       <c r="F54" s="4">
         <v>46022</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s" s="5">
+        <v>133</v>
+      </c>
+      <c r="B55" t="s" s="5">
+        <v>81</v>
+      </c>
+      <c r="C55" t="s" s="5">
         <v>134</v>
       </c>
-      <c r="B55" t="s" s="5"/>
-[...2 lines deleted...]
-      </c>
       <c r="D55" t="s" s="5">
-        <v>136</v>
+        <v>56</v>
       </c>
       <c r="E55" s="6">
-        <v>45695</v>
+        <v>45658</v>
       </c>
       <c r="F55" s="6">
-        <v>45998</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s" s="3">
+        <v>135</v>
+      </c>
+      <c r="B56" t="s" s="3">
+        <v>136</v>
+      </c>
+      <c r="C56" t="s" s="3">
         <v>137</v>
       </c>
-      <c r="B56" t="s" s="3"/>
-[...2 lines deleted...]
-      </c>
       <c r="D56" t="s" s="3">
-        <v>75</v>
+        <v>56</v>
       </c>
       <c r="E56" s="4">
-        <v>45253</v>
+        <v>45658</v>
       </c>
       <c r="F56" s="4">
-        <v>45965</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s" s="5">
         <v>138</v>
       </c>
       <c r="B57" t="s" s="5"/>
       <c r="C57" t="s" s="5">
-        <v>122</v>
+        <v>139</v>
       </c>
       <c r="D57" t="s" s="5">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="E57" s="6">
-        <v>45686</v>
+        <v>45695</v>
       </c>
       <c r="F57" s="6">
-        <v>45959</v>
+        <v>45998</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s" s="3">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="B58" t="s" s="3">
+        <v>141</v>
+      </c>
+      <c r="B58" t="s" s="3"/>
+      <c r="C58" t="s" s="3">
+        <v>8</v>
+      </c>
+      <c r="D58" t="s" s="3">
+        <v>79</v>
+      </c>
+      <c r="E58" s="4">
+        <v>45253</v>
+      </c>
+      <c r="F58" s="4">
+        <v>45965</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s" s="5">
+        <v>142</v>
+      </c>
+      <c r="B59" t="s" s="5"/>
+      <c r="C59" t="s" s="5">
+        <v>126</v>
+      </c>
+      <c r="D59" t="s" s="5">
         <v>140</v>
       </c>
-      <c r="C58" t="s" s="3">
-[...5 lines deleted...]
-      <c r="E58" s="4">
+      <c r="E59" s="6">
+        <v>45686</v>
+      </c>
+      <c r="F59" s="6">
+        <v>45959</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s" s="3">
+        <v>143</v>
+      </c>
+      <c r="B60" t="s" s="3">
+        <v>144</v>
+      </c>
+      <c r="C60" t="s" s="3">
+        <v>46</v>
+      </c>
+      <c r="D60" t="s" s="3">
+        <v>9</v>
+      </c>
+      <c r="E60" s="4">
         <v>44896</v>
       </c>
-      <c r="F58" s="4">
+      <c r="F60" s="4">
         <v>45930</v>
       </c>
     </row>
-    <row r="59">
-      <c r="A59" t="inlineStr" s="5">
+    <row r="61">
+      <c r="A61" t="inlineStr" s="5">
         <is>
           <t>Análisis de datos clínicos y transcriptómicos de los datos obtenidos en el estudio de dieta con mandarina mediante la combinación de técnicas bioinformáticas clásicas con métodos de ML para realizar un análisis exhaustivo y minucioso de los datos biológicos, para intentar comprender cómo la dieta incide en la expresión génica y el proceso de envejecimiento. Aplicaremos técnicas de aprendizaje supervisado y no supervisado junto con la detección de genes diferencialmente expresados (DEG) para intentar establecer correlaciones mediante el análisis de enriquecimiento de vías metabólicas, y de señalización asociadas al envejecimiento. En concreto, se utilizarán técnicas de aprendizaje no supervisado para la reducción de dimensionalidad y clusterización de los datos. Mediante técnicas de aprendizaje supervisado (regresión, máquinas de soporte vectorial, árboles de decisión o Ensemble) se identificarán los genes o grupos de genes asociados a cada una de las subpoblaciones conocidas. Dentro del proceso de valorización de datos y extracción de conocimiento, UPV trabajará aplicando y seleccionando las técnicas de ML más adecuadas, conforme al proceso de caracterización de datos disponibles. Finalmente, se deberá tener en cuenta que dado el reducido número de ejemplos disponibles, los resultados obtenidos deberán interpretarse con cautela, ya que el tamaño limitado del conjunto de datos no permite garantizar la robustez, generalización ni fiabilidad de los modelos desarrollados.</t>
         </is>
       </c>
-      <c r="B59" t="s" s="5">
-[...8 lines deleted...]
-      <c r="E59" s="6">
+      <c r="B61" t="s" s="5">
+        <v>145</v>
+      </c>
+      <c r="C61" t="s" s="5">
+        <v>11</v>
+      </c>
+      <c r="D61" t="s" s="5">
+        <v>146</v>
+      </c>
+      <c r="E61" s="6">
         <v>45855</v>
       </c>
-      <c r="F59" s="6">
+      <c r="F61" s="6">
         <v>45917</v>
       </c>
     </row>
-    <row r="60">
-      <c r="A60" t="inlineStr" s="3">
+    <row r="62">
+      <c r="A62" t="inlineStr" s="3">
         <is>
           <t>Desarrollo inicial de la plataforma digital D-PAL con el diseño de arquitectura del sistema que permita comenzar pruebas internas y preparar la implementación de los módulos adaptativos y de monitorización</t>
         </is>
       </c>
-      <c r="B60" t="s" s="3">
-[...8 lines deleted...]
-      <c r="E60" s="4">
+      <c r="B62" t="s" s="3">
+        <v>145</v>
+      </c>
+      <c r="C62" t="s" s="3">
+        <v>42</v>
+      </c>
+      <c r="D62" t="s" s="3">
+        <v>147</v>
+      </c>
+      <c r="E62" s="4">
         <v>45868</v>
       </c>
-      <c r="F60" s="4">
+      <c r="F62" s="4">
         <v>45915</v>
-      </c>
-[...38 lines deleted...]
-        <v>45900</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s" s="5">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="B63" t="s" s="5">
         <v>148</v>
+      </c>
+      <c r="B63" s="5">
+        <v>101055874</v>
       </c>
       <c r="C63" t="s" s="5">
         <v>149</v>
       </c>
       <c r="D63" t="s" s="5">
         <v>12</v>
       </c>
       <c r="E63" s="6">
         <v>44805</v>
       </c>
       <c r="F63" s="6">
         <v>45900</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s" s="3">
         <v>150</v>
       </c>
-      <c r="B64" t="s" s="3"/>
+      <c r="B64" t="s" s="3">
+        <v>151</v>
+      </c>
       <c r="C64" t="s" s="3">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="D64" t="s" s="3">
-        <v>151</v>
+        <v>9</v>
       </c>
       <c r="E64" s="4">
+        <v>44805</v>
+      </c>
+      <c r="F64" s="4">
+        <v>45900</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s" s="5">
+        <v>152</v>
+      </c>
+      <c r="B65" t="s" s="5">
+        <v>153</v>
+      </c>
+      <c r="C65" t="s" s="5">
+        <v>154</v>
+      </c>
+      <c r="D65" t="s" s="5">
+        <v>9</v>
+      </c>
+      <c r="E65" s="6">
+        <v>44805</v>
+      </c>
+      <c r="F65" s="6">
+        <v>45900</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s" s="3">
+        <v>155</v>
+      </c>
+      <c r="B66" t="s" s="3"/>
+      <c r="C66" t="s" s="3">
+        <v>46</v>
+      </c>
+      <c r="D66" t="s" s="3">
+        <v>156</v>
+      </c>
+      <c r="E66" s="4">
         <v>45692</v>
       </c>
-      <c r="F64" s="4">
+      <c r="F66" s="4">
         <v>45873</v>
       </c>
     </row>
-    <row r="65">
-      <c r="A65" t="inlineStr" s="5">
+    <row r="67">
+      <c r="A67" t="inlineStr" s="5">
         <is>
           <t>Desarrollo de un Sistema Sostenible de Transporte Interurbano Adaptado a la Demanda Mediante Inteligencia Artificial y Optimización para Colectivos Vulnerables en la Comunitat Valenciana</t>
         </is>
       </c>
-      <c r="B65" t="s" s="5">
-[...36 lines deleted...]
-      <c r="A67" t="s" s="5">
+      <c r="B67" t="s" s="5">
         <v>157</v>
       </c>
-      <c r="B67" t="s" s="5"/>
       <c r="C67" t="s" s="5">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="D67" t="s" s="5">
         <v>158</v>
       </c>
       <c r="E67" s="6">
-        <v>45474</v>
+        <v>45536</v>
       </c>
       <c r="F67" s="6">
-        <v>45839</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s" s="3">
         <v>159</v>
       </c>
       <c r="B68" t="s" s="3">
         <v>160</v>
       </c>
       <c r="C68" t="s" s="3">
         <v>161</v>
       </c>
       <c r="D68" t="s" s="3">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="E68" s="4">
+        <v>44927</v>
+      </c>
+      <c r="F68" s="4">
+        <v>45853</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s" s="5">
+        <v>162</v>
+      </c>
+      <c r="B69" t="s" s="5"/>
+      <c r="C69" t="s" s="5">
+        <v>24</v>
+      </c>
+      <c r="D69" t="s" s="5">
+        <v>163</v>
+      </c>
+      <c r="E69" s="6">
+        <v>45474</v>
+      </c>
+      <c r="F69" s="6">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s" s="3">
+        <v>164</v>
+      </c>
+      <c r="B70" t="s" s="3">
+        <v>165</v>
+      </c>
+      <c r="C70" t="s" s="3">
+        <v>166</v>
+      </c>
+      <c r="D70" t="s" s="3">
+        <v>56</v>
+      </c>
+      <c r="E70" s="4">
         <v>45292</v>
       </c>
-      <c r="F68" s="4">
+      <c r="F70" s="4">
         <v>45838</v>
       </c>
     </row>
-    <row r="69">
-      <c r="A69" t="inlineStr" s="5">
+    <row r="71">
+      <c r="A71" t="inlineStr" s="5">
         <is>
           <t>DISEÑO DE UNA SALA DE LA CALMA: ELEMENTOS Y FUNCIONALIDADES INTERACTIVAS DE AMBIENTACIÓN SENSORIAL CONTROLADAS POR IA, PARA LA REGULACIÓN EMOCIONAL DE LA PERSONA, EN UNA UNIDAD DE SALUD MENTAL</t>
         </is>
       </c>
-      <c r="B69" t="s" s="5">
-[...8 lines deleted...]
-      <c r="E69" s="6">
+      <c r="B71" t="s" s="5">
+        <v>167</v>
+      </c>
+      <c r="C71" t="s" s="5">
+        <v>26</v>
+      </c>
+      <c r="D71" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="E71" s="6">
         <v>45292</v>
       </c>
-      <c r="F69" s="6">
+      <c r="F71" s="6">
         <v>45838</v>
-      </c>
-[...38 lines deleted...]
-        <v>45799</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s" s="3">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="B72" t="s" s="3"/>
+        <v>168</v>
+      </c>
+      <c r="B72" t="s" s="3">
+        <v>169</v>
+      </c>
       <c r="C72" t="s" s="3">
-        <v>22</v>
+        <v>139</v>
       </c>
       <c r="D72" t="s" s="3">
-        <v>168</v>
+        <v>56</v>
       </c>
       <c r="E72" s="4">
-        <v>45707</v>
+        <v>45292</v>
       </c>
       <c r="F72" s="4">
-        <v>45747</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s" s="5">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="B73" t="s" s="5"/>
+        <v>170</v>
+      </c>
+      <c r="B73" t="s" s="5">
+        <v>171</v>
+      </c>
       <c r="C73" t="s" s="5">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="D73" t="s" s="5">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="E73" s="6">
-        <v>44628</v>
+        <v>45282</v>
       </c>
       <c r="F73" s="6">
-        <v>45724</v>
+        <v>45799</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s" s="3">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B74" t="s" s="3"/>
       <c r="C74" t="s" s="3">
-        <v>119</v>
+        <v>24</v>
       </c>
       <c r="D74" t="s" s="3">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="E74" s="4">
-        <v>44939</v>
+        <v>45707</v>
       </c>
       <c r="F74" s="4">
-        <v>45670</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s" s="5">
-        <v>172</v>
-[...3 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="B75" t="s" s="5"/>
       <c r="C75" t="s" s="5">
-        <v>174</v>
+        <v>46</v>
       </c>
       <c r="D75" t="s" s="5">
-        <v>175</v>
+        <v>47</v>
       </c>
       <c r="E75" s="6">
-        <v>44562</v>
+        <v>44628</v>
       </c>
       <c r="F75" s="6">
-        <v>45657</v>
+        <v>45724</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s" s="3">
+        <v>175</v>
+      </c>
+      <c r="B76" t="s" s="3"/>
+      <c r="C76" t="s" s="3">
+        <v>123</v>
+      </c>
+      <c r="D76" t="s" s="3">
         <v>176</v>
       </c>
-      <c r="B76" t="s" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="E76" s="4">
-        <v>44562</v>
+        <v>44939</v>
       </c>
       <c r="F76" s="4">
-        <v>45657</v>
+        <v>45670</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s" s="5">
+        <v>177</v>
+      </c>
+      <c r="B77" t="s" s="5">
+        <v>178</v>
+      </c>
+      <c r="C77" t="s" s="5">
         <v>179</v>
       </c>
-      <c r="B77" t="s" s="5">
+      <c r="D77" t="s" s="5">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
       <c r="E77" s="6">
         <v>44562</v>
       </c>
       <c r="F77" s="6">
         <v>45657</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s" s="3">
+        <v>181</v>
+      </c>
+      <c r="B78" t="s" s="3">
         <v>182</v>
       </c>
-      <c r="B78" t="s" s="3">
+      <c r="C78" t="s" s="3">
         <v>183</v>
       </c>
-      <c r="C78" t="s" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="D78" t="s" s="3">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="E78" s="4">
-        <v>44927</v>
+        <v>44562</v>
       </c>
       <c r="F78" s="4">
         <v>45657</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s" s="5">
+        <v>184</v>
+      </c>
+      <c r="B79" t="s" s="5">
         <v>185</v>
       </c>
-      <c r="B79" t="s" s="5">
+      <c r="C79" t="s" s="5">
         <v>186</v>
       </c>
-      <c r="C79" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="D79" t="s" s="5">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="E79" s="6">
+        <v>44562</v>
+      </c>
+      <c r="F79" s="6">
+        <v>45657</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s" s="3">
+        <v>187</v>
+      </c>
+      <c r="B80" t="s" s="3">
+        <v>188</v>
+      </c>
+      <c r="C80" t="s" s="3">
+        <v>189</v>
+      </c>
+      <c r="D80" t="s" s="3">
+        <v>56</v>
+      </c>
+      <c r="E80" s="4">
+        <v>44927</v>
+      </c>
+      <c r="F80" s="4">
+        <v>45657</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s" s="5">
+        <v>190</v>
+      </c>
+      <c r="B81" t="s" s="5">
+        <v>191</v>
+      </c>
+      <c r="C81" t="s" s="5">
+        <v>105</v>
+      </c>
+      <c r="D81" t="s" s="5">
+        <v>145</v>
+      </c>
+      <c r="E81" s="6">
         <v>44896</v>
       </c>
-      <c r="F79" s="6">
+      <c r="F81" s="6">
         <v>45626</v>
       </c>
     </row>
-    <row r="80">
-      <c r="A80" t="inlineStr" s="3">
+    <row r="82">
+      <c r="A82" t="inlineStr" s="3">
         <is>
           <t>Simulador de flotas urbanas para la predicción de los costes y beneficios de la aplicación de soluciones que fomenten la movilidad activa y el transporte urbano sostenible</t>
         </is>
       </c>
-      <c r="B80" t="s" s="3">
-[...8 lines deleted...]
-      <c r="E80" s="4">
+      <c r="B82" t="s" s="3">
+        <v>192</v>
+      </c>
+      <c r="C82" t="s" s="3">
+        <v>101</v>
+      </c>
+      <c r="D82" t="s" s="3">
+        <v>9</v>
+      </c>
+      <c r="E82" s="4">
         <v>44896</v>
       </c>
-      <c r="F80" s="4">
+      <c r="F82" s="4">
         <v>45626</v>
-      </c>
-[...38 lines deleted...]
-        <v>45603</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s" s="5">
         <v>193</v>
       </c>
       <c r="B83" t="s" s="5">
         <v>194</v>
       </c>
       <c r="C83" t="s" s="5">
-        <v>195</v>
+        <v>154</v>
       </c>
       <c r="D83" t="s" s="5">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E83" s="6">
-        <v>44197</v>
+        <v>44896</v>
       </c>
       <c r="F83" s="6">
-        <v>45565</v>
+        <v>45626</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s" s="3">
+        <v>195</v>
+      </c>
+      <c r="B84" t="s" s="3">
         <v>196</v>
       </c>
-      <c r="B84" t="s" s="3">
+      <c r="C84" t="s" s="3">
         <v>197</v>
       </c>
-      <c r="C84" t="s" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="D84" t="s" s="3">
-        <v>49</v>
+        <v>145</v>
       </c>
       <c r="E84" s="4">
-        <v>44562</v>
+        <v>44927</v>
       </c>
       <c r="F84" s="4">
-        <v>45565</v>
+        <v>45603</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s" s="5">
         <v>198</v>
       </c>
       <c r="B85" t="s" s="5">
         <v>199</v>
       </c>
       <c r="C85" t="s" s="5">
-        <v>42</v>
+        <v>200</v>
       </c>
       <c r="D85" t="s" s="5">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="E85" s="6">
-        <v>44687</v>
+        <v>44197</v>
       </c>
       <c r="F85" s="6">
         <v>45565</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s" s="3">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="B86" t="s" s="3"/>
+        <v>201</v>
+      </c>
+      <c r="B86" t="s" s="3">
+        <v>202</v>
+      </c>
       <c r="C86" t="s" s="3">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D86" t="s" s="3">
-        <v>201</v>
+        <v>53</v>
       </c>
       <c r="E86" s="4">
-        <v>44888</v>
+        <v>44562</v>
       </c>
       <c r="F86" s="4">
-        <v>45558</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s" s="5">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B87" t="s" s="5">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C87" t="s" s="5">
-        <v>204</v>
+        <v>46</v>
       </c>
       <c r="D87" t="s" s="5">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="E87" s="6">
-        <v>44440</v>
+        <v>44687</v>
       </c>
       <c r="F87" s="6">
-        <v>45535</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s" s="3">
         <v>205</v>
       </c>
-      <c r="B88" t="s" s="3">
+      <c r="B88" t="s" s="3"/>
+      <c r="C88" t="s" s="3">
+        <v>46</v>
+      </c>
+      <c r="D88" t="s" s="3">
         <v>206</v>
       </c>
-      <c r="C88" t="s" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="E88" s="4">
-        <v>44686</v>
+        <v>44888</v>
       </c>
       <c r="F88" s="4">
-        <v>45505</v>
+        <v>45558</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s" s="5">
+        <v>207</v>
+      </c>
+      <c r="B89" t="s" s="5">
         <v>208</v>
       </c>
-      <c r="B89" t="s" s="5">
+      <c r="C89" t="s" s="5">
         <v>209</v>
       </c>
-      <c r="C89" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="D89" t="s" s="5">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E89" s="6">
-        <v>44404</v>
+        <v>44440</v>
       </c>
       <c r="F89" s="6">
-        <v>45499</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s" s="3">
         <v>210</v>
       </c>
-      <c r="B90" t="s" s="3"/>
+      <c r="B90" t="s" s="3">
+        <v>211</v>
+      </c>
       <c r="C90" t="s" s="3">
-        <v>11</v>
+        <v>86</v>
       </c>
       <c r="D90" t="s" s="3">
-        <v>110</v>
+        <v>212</v>
       </c>
       <c r="E90" s="4">
-        <v>44956</v>
+        <v>44686</v>
       </c>
       <c r="F90" s="4">
-        <v>45473</v>
+        <v>45505</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s" s="5">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B91" t="s" s="5">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C91" t="s" s="5">
-        <v>119</v>
+        <v>24</v>
       </c>
       <c r="D91" t="s" s="5">
-        <v>12</v>
+        <v>145</v>
       </c>
       <c r="E91" s="6">
-        <v>44531</v>
+        <v>44404</v>
       </c>
       <c r="F91" s="6">
-        <v>45443</v>
+        <v>45499</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s" s="3">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B92" t="s" s="3"/>
       <c r="C92" t="s" s="3">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="D92" t="s" s="3">
-        <v>214</v>
+        <v>114</v>
       </c>
       <c r="E92" s="4">
-        <v>44984</v>
+        <v>44956</v>
       </c>
       <c r="F92" s="4">
-        <v>45439</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s" s="5">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B93" t="s" s="5">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C93" t="s" s="5">
-        <v>11</v>
+        <v>123</v>
       </c>
       <c r="D93" t="s" s="5">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E93" s="6">
+        <v>44531</v>
+      </c>
+      <c r="F93" s="6">
+        <v>45443</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s" s="3">
+        <v>218</v>
+      </c>
+      <c r="B94" t="s" s="3"/>
+      <c r="C94" t="s" s="3">
+        <v>46</v>
+      </c>
+      <c r="D94" t="s" s="3">
+        <v>219</v>
+      </c>
+      <c r="E94" s="4">
+        <v>44984</v>
+      </c>
+      <c r="F94" s="4">
+        <v>45439</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s" s="5">
+        <v>220</v>
+      </c>
+      <c r="B95" t="s" s="5">
+        <v>221</v>
+      </c>
+      <c r="C95" t="s" s="5">
+        <v>8</v>
+      </c>
+      <c r="D95" t="s" s="5">
+        <v>9</v>
+      </c>
+      <c r="E95" s="6">
         <v>44287</v>
       </c>
-      <c r="F93" s="6">
+      <c r="F95" s="6">
         <v>45382</v>
       </c>
     </row>
-    <row r="94">
-      <c r="A94" t="inlineStr" s="3">
+    <row r="96">
+      <c r="A96" t="inlineStr" s="3">
         <is>
           <t>CONTRATO DE ASESORAMIENTO ENTRE LA UPV Y LA EMPRESA SYNDENO S.L. PARA DEFINICIÓN DE UN LENGUAJE ESPECÍFICO DE DOMINIO (DSL) PARA LA ESPECIFICACIÓN DE FLUJOS DE EVENTOS Y EL DESARROLLO DE MECANISMOS PARA EL CONTROL Y LA TRAZABILIDAD DE SU PROPAGACIÓN</t>
         </is>
       </c>
-      <c r="B94" t="s" s="3"/>
-[...39 lines deleted...]
-      </c>
+      <c r="B96" t="s" s="3"/>
       <c r="C96" t="s" s="3">
-        <v>24</v>
+        <v>209</v>
       </c>
       <c r="D96" t="s" s="3">
         <v>222</v>
       </c>
       <c r="E96" s="4">
-        <v>45260</v>
+        <v>45084</v>
       </c>
       <c r="F96" s="4">
-        <v>45264</v>
+        <v>45329</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s" s="5">
         <v>223</v>
       </c>
       <c r="B97" t="s" s="5">
         <v>224</v>
       </c>
       <c r="C97" t="s" s="5">
-        <v>14</v>
+        <v>225</v>
       </c>
       <c r="D97" t="s" s="5">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E97" s="6">
-        <v>44531</v>
+        <v>44562</v>
       </c>
       <c r="F97" s="6">
-        <v>45260</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s" s="3">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B98" t="s" s="3">
-        <v>226</v>
+        <v>145</v>
       </c>
       <c r="C98" t="s" s="3">
-        <v>82</v>
+        <v>26</v>
       </c>
       <c r="D98" t="s" s="3">
-        <v>15</v>
+        <v>227</v>
       </c>
       <c r="E98" s="4">
-        <v>44713</v>
+        <v>45260</v>
       </c>
       <c r="F98" s="4">
-        <v>45260</v>
+        <v>45264</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s" s="5">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>101016442</v>
+        <v>228</v>
+      </c>
+      <c r="B99" t="s" s="5">
+        <v>229</v>
       </c>
       <c r="C99" t="s" s="5">
-        <v>220</v>
+        <v>11</v>
       </c>
       <c r="D99" t="s" s="5">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E99" s="6">
-        <v>45017</v>
+        <v>44531</v>
       </c>
       <c r="F99" s="6">
-        <v>45230</v>
+        <v>45260</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s" s="3">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B100" t="s" s="3">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C100" t="s" s="3">
-        <v>14</v>
+        <v>86</v>
       </c>
       <c r="D100" t="s" s="3">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="E100" s="4">
-        <v>44900</v>
+        <v>44713</v>
       </c>
       <c r="F100" s="4">
-        <v>45205</v>
+        <v>45260</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s" s="5">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>231</v>
+        <v>232</v>
+      </c>
+      <c r="B101" s="5">
+        <v>101016442</v>
       </c>
       <c r="C101" t="s" s="5">
-        <v>14</v>
+        <v>225</v>
       </c>
       <c r="D101" t="s" s="5">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="E101" s="6">
-        <v>44256</v>
+        <v>45017</v>
       </c>
       <c r="F101" s="6">
-        <v>45199</v>
+        <v>45230</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s" s="3">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B102" t="s" s="3">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C102" t="s" s="3">
-        <v>122</v>
+        <v>11</v>
       </c>
       <c r="D102" t="s" s="3">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="E102" s="4">
+        <v>44900</v>
+      </c>
+      <c r="F102" s="4">
+        <v>45205</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s" s="5">
+        <v>235</v>
+      </c>
+      <c r="B103" t="s" s="5">
+        <v>236</v>
+      </c>
+      <c r="C103" t="s" s="5">
+        <v>11</v>
+      </c>
+      <c r="D103" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="E103" s="6">
+        <v>44256</v>
+      </c>
+      <c r="F103" s="6">
+        <v>45199</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s" s="3">
+        <v>237</v>
+      </c>
+      <c r="B104" t="s" s="3">
+        <v>238</v>
+      </c>
+      <c r="C104" t="s" s="3">
+        <v>126</v>
+      </c>
+      <c r="D104" t="s" s="3">
+        <v>53</v>
+      </c>
+      <c r="E104" s="4">
         <v>44470</v>
       </c>
-      <c r="F102" s="4">
+      <c r="F104" s="4">
         <v>45199</v>
       </c>
     </row>
-    <row r="103">
-      <c r="A103" t="inlineStr" s="5">
+    <row r="105">
+      <c r="A105" t="inlineStr" s="5">
         <is>
           <t>SIRENA-SALUD: ESPECIFICACIÓN DE REQUISITOS DE SISTEMA. VERIFICACIÓN DE PROPIEDADES DE SEGURIDAD EN PROTOCOLOS DE COMUNICACIÓN, QUE TENGAN EFECTOS EN ENTORNOS SANITARIOS. PROGRAMACIÓN Y DESARROLLO SEGÚN PLANIFICACIÓN. CREAR, MODIFICAR, ALTERAR PATRONES Y REGLAS DE SEGURIDAD QUE PERFECCIONEN LA INTEGRIDAD Y SEGURIDAD DE LOS HOSPITALES.----</t>
         </is>
       </c>
-      <c r="B103" t="s" s="5">
+      <c r="B105" t="s" s="5">
+        <v>145</v>
+      </c>
+      <c r="C105" t="s" s="5">
         <v>8</v>
       </c>
-      <c r="C103" t="s" s="5">
-[...5 lines deleted...]
-      <c r="E103" s="6">
+      <c r="D105" t="s" s="5">
+        <v>117</v>
+      </c>
+      <c r="E105" s="6">
         <v>45047</v>
       </c>
-      <c r="F103" s="6">
+      <c r="F105" s="6">
         <v>45197</v>
-      </c>
-[...38 lines deleted...]
-        <v>45107</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s" s="3">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B106" t="s" s="3">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C106" t="s" s="3">
-        <v>135</v>
+        <v>20</v>
       </c>
       <c r="D106" t="s" s="3">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E106" s="4">
+        <v>44473</v>
+      </c>
+      <c r="F106" s="4">
+        <v>45141</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s" s="5">
+        <v>241</v>
+      </c>
+      <c r="B107" t="s" s="5">
+        <v>242</v>
+      </c>
+      <c r="C107" t="s" s="5">
+        <v>86</v>
+      </c>
+      <c r="D107" t="s" s="5">
+        <v>12</v>
+      </c>
+      <c r="E107" s="6">
+        <v>44287</v>
+      </c>
+      <c r="F107" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s" s="3">
+        <v>243</v>
+      </c>
+      <c r="B108" t="s" s="3">
+        <v>244</v>
+      </c>
+      <c r="C108" t="s" s="3">
+        <v>139</v>
+      </c>
+      <c r="D108" t="s" s="3">
+        <v>56</v>
+      </c>
+      <c r="E108" s="4">
         <v>44562</v>
       </c>
-      <c r="F106" s="4">
+      <c r="F108" s="4">
         <v>45107</v>
       </c>
     </row>
-    <row r="107">
-      <c r="A107" t="inlineStr" s="5">
+    <row r="109">
+      <c r="A109" t="inlineStr" s="5">
         <is>
           <t>DESARROLLO DE UN SISTEMA DE INFORMACIÓN INTELIGENTE PARA UNA GESTIÓN DE DATOS ADAPTADA A LOS CRITERIOS DE CALIDAD, SEGURIDAD Y EFICACIA PARA UNA MEDICINA NUCLEAR DE PRECISIÓN ORIENTADA A LAS NECESIDADES DE LOS PACIENTES</t>
         </is>
       </c>
-      <c r="B107" t="s" s="5">
-[...8 lines deleted...]
-      <c r="E107" s="6">
+      <c r="B109" t="s" s="5">
+        <v>245</v>
+      </c>
+      <c r="C109" t="s" s="5">
+        <v>11</v>
+      </c>
+      <c r="D109" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="E109" s="6">
         <v>44562</v>
       </c>
-      <c r="F107" s="6">
+      <c r="F109" s="6">
         <v>45107</v>
-      </c>
-[...34 lines deleted...]
-        <v>44954</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s" s="3">
         <v>246</v>
       </c>
-      <c r="B110" t="s" s="3">
+      <c r="B110" t="s" s="3"/>
+      <c r="C110" t="s" s="3">
         <v>247</v>
       </c>
-      <c r="C110" t="s" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="D110" t="s" s="3">
-        <v>52</v>
+        <v>248</v>
       </c>
       <c r="E110" s="4">
-        <v>44562</v>
+        <v>44440</v>
       </c>
       <c r="F110" s="4">
-        <v>44926</v>
+        <v>44986</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s" s="5">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="B111" t="s" s="5">
         <v>249</v>
       </c>
+      <c r="B111" t="s" s="5"/>
       <c r="C111" t="s" s="5">
-        <v>119</v>
+        <v>247</v>
       </c>
       <c r="D111" t="s" s="5">
-        <v>52</v>
+        <v>250</v>
       </c>
       <c r="E111" s="6">
+        <v>44679</v>
+      </c>
+      <c r="F111" s="6">
+        <v>44954</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s" s="3">
+        <v>251</v>
+      </c>
+      <c r="B112" t="s" s="3">
+        <v>252</v>
+      </c>
+      <c r="C112" t="s" s="3">
+        <v>11</v>
+      </c>
+      <c r="D112" t="s" s="3">
+        <v>56</v>
+      </c>
+      <c r="E112" s="4">
         <v>44562</v>
       </c>
-      <c r="F111" s="6">
+      <c r="F112" s="4">
         <v>44926</v>
       </c>
     </row>
-    <row r="112">
-      <c r="A112" t="inlineStr" s="3">
+    <row r="113">
+      <c r="A113" t="s" s="5">
+        <v>253</v>
+      </c>
+      <c r="B113" t="s" s="5">
+        <v>254</v>
+      </c>
+      <c r="C113" t="s" s="5">
+        <v>123</v>
+      </c>
+      <c r="D113" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="E113" s="6">
+        <v>44562</v>
+      </c>
+      <c r="F113" s="6">
+        <v>44926</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="inlineStr" s="3">
         <is>
           <t>ESPECIFICACIÓN DE REQUISITOS ASOCIADOS A LAS INFRAESTRUCTURAS DE PLATAFORMAS DE SMARTCITY. REQUISITOS ASOCIADOS A LA PLATAFORMA SMARTCITY A DESARROLLAR. DISEÑO Y DESARROLLO DE LOS ELEMENTOS Y ARQUITECTURA AVANZADA PARA UNA PLATAFORMA DE INTELIGENCIA DE RIESGOS EN EL ENTORNO DE APLICACIÓN. DISEÑO DE INTERFACES PARA CADA PERFIL.--------</t>
         </is>
       </c>
-      <c r="B112" t="s" s="3">
+      <c r="B114" t="s" s="3">
+        <v>145</v>
+      </c>
+      <c r="C114" t="s" s="3">
         <v>8</v>
       </c>
-      <c r="C112" t="s" s="3">
-[...5 lines deleted...]
-      <c r="E112" s="4">
+      <c r="D114" t="s" s="3">
+        <v>117</v>
+      </c>
+      <c r="E114" s="4">
         <v>44623</v>
       </c>
-      <c r="F112" s="4">
+      <c r="F114" s="4">
         <v>44918</v>
       </c>
     </row>
-    <row r="113">
-      <c r="A113" t="inlineStr" s="5">
+    <row r="115">
+      <c r="A115" t="inlineStr" s="5">
         <is>
           <t>SERVICIO DE I+D PARA DOTAR DE IA UNA INTERFAZ BIDIRECCIONAL DE INTERCAMBIO DIRECTO DE INFORMACION PACIENTE/SISTEMA SANITARIO + SISTEMA ANALITICO PREDICTIVO DE SOPORTE PROFESIONAL MAS SU PLATAFORMA EN BASE DPARA USO CLINICO Y EN INVESTIGACION</t>
         </is>
       </c>
-      <c r="B113" t="s" s="5"/>
-[...36 lines deleted...]
-      </c>
       <c r="B115" t="s" s="5"/>
       <c r="C115" t="s" s="5">
-        <v>135</v>
+        <v>123</v>
       </c>
       <c r="D115" t="s" s="5">
-        <v>253</v>
+        <v>114</v>
       </c>
       <c r="E115" s="6">
-        <v>44557</v>
+        <v>44670</v>
       </c>
       <c r="F115" s="6">
-        <v>44831</v>
+        <v>44838</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s" s="3">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B116" t="s" s="3">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C116" t="s" s="3">
-        <v>122</v>
+        <v>11</v>
       </c>
       <c r="D116" t="s" s="3">
-        <v>256</v>
+        <v>56</v>
       </c>
       <c r="E116" s="4">
-        <v>44531</v>
+        <v>44470</v>
       </c>
       <c r="F116" s="4">
-        <v>44742</v>
+        <v>44834</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s" s="5">
         <v>257</v>
       </c>
-      <c r="B117" t="s" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="B117" t="s" s="5"/>
       <c r="C117" t="s" s="5">
-        <v>119</v>
+        <v>139</v>
       </c>
       <c r="D117" t="s" s="5">
-        <v>171</v>
+        <v>258</v>
       </c>
       <c r="E117" s="6">
-        <v>44701</v>
+        <v>44557</v>
       </c>
       <c r="F117" s="6">
-        <v>44715</v>
+        <v>44831</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s" s="3">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B118" t="s" s="3">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C118" t="s" s="3">
-        <v>22</v>
+        <v>126</v>
       </c>
       <c r="D118" t="s" s="3">
-        <v>168</v>
+        <v>261</v>
       </c>
       <c r="E118" s="4">
-        <v>44595</v>
+        <v>44531</v>
       </c>
       <c r="F118" s="4">
-        <v>44650</v>
+        <v>44742</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s" s="5">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B119" t="s" s="5">
-        <v>261</v>
+        <v>145</v>
       </c>
       <c r="C119" t="s" s="5">
-        <v>262</v>
+        <v>123</v>
       </c>
       <c r="D119" t="s" s="5">
-        <v>263</v>
+        <v>176</v>
       </c>
       <c r="E119" s="6">
-        <v>44602</v>
+        <v>44701</v>
       </c>
       <c r="F119" s="6">
-        <v>44629</v>
+        <v>44715</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s" s="3">
+        <v>263</v>
+      </c>
+      <c r="B120" t="s" s="3">
         <v>264</v>
       </c>
-      <c r="B120" t="s" s="3">
+      <c r="C120" t="s" s="3">
+        <v>24</v>
+      </c>
+      <c r="D120" t="s" s="3">
+        <v>173</v>
+      </c>
+      <c r="E120" s="4">
+        <v>44595</v>
+      </c>
+      <c r="F120" s="4">
+        <v>44650</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s" s="5">
         <v>265</v>
       </c>
-      <c r="C120" t="s" s="3">
-[...5 lines deleted...]
-      <c r="E120" s="4">
+      <c r="B121" t="s" s="5">
+        <v>266</v>
+      </c>
+      <c r="C121" t="s" s="5">
+        <v>267</v>
+      </c>
+      <c r="D121" t="s" s="5">
+        <v>268</v>
+      </c>
+      <c r="E121" s="6">
+        <v>44602</v>
+      </c>
+      <c r="F121" s="6">
+        <v>44629</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s" s="3">
+        <v>269</v>
+      </c>
+      <c r="B122" t="s" s="3">
+        <v>270</v>
+      </c>
+      <c r="C122" t="s" s="3">
+        <v>101</v>
+      </c>
+      <c r="D122" t="s" s="3">
+        <v>53</v>
+      </c>
+      <c r="E122" s="4">
         <v>44562</v>
       </c>
-      <c r="F120" s="4">
+      <c r="F122" s="4">
         <v>44562</v>
       </c>
     </row>
-    <row r="121">
-      <c r="A121" t="inlineStr" s="5">
+    <row r="123">
+      <c r="A123" t="inlineStr" s="5">
         <is>
           <t>SIRENA-RT: ANÁLISIS DE RIESGOS DE INFORMACIÓN DE SEGURIDAD PARA ENTORNOS DE SISTEMAS EN TRANSPORTE FERROVIARIO, TRABAJOS REALIZADOS EN LA FASE 2: ESPECIFICACIONES DE REQUISITOS USUARIO Y SISTEMA, FASE 3: PROGRAMACIÓN Y DESARROLLO SEGÚN PLANIFICACIÓN, Y TAREAS DE REDISEÑO, FASE 4: VALIDACIÓN Y REDISEÑO.----</t>
         </is>
       </c>
-      <c r="B121" t="s" s="5">
+      <c r="B123" t="s" s="5">
+        <v>145</v>
+      </c>
+      <c r="C123" t="s" s="5">
         <v>8</v>
       </c>
-      <c r="C121" t="s" s="5">
-[...5 lines deleted...]
-      <c r="E121" s="6">
+      <c r="D123" t="s" s="5">
+        <v>117</v>
+      </c>
+      <c r="E123" s="6">
         <v>44317</v>
       </c>
-      <c r="F121" s="6">
+      <c r="F123" s="6">
         <v>44519</v>
       </c>
     </row>
-    <row r="122">
-      <c r="A122" t="inlineStr" s="3">
+    <row r="124">
+      <c r="A124" t="inlineStr" s="3">
         <is>
           <t>UAB_SOAR_PYMES: HERRAMIENTA MULTITENANT DEL ANÁLISIS DE COMPORTAMIENTO DE SEGURIDAD DEL USUARIO, DE LA RESPUESTA PARA ENTORNOS PYME, TRABAJOS REALIZADOS EN LA FASE 1: ESPECIFICACIONES DE REQUISITOS DEL SISTEMA Y LA FASE 3: PROGRAMACIÓN Y DESARROLLO SEGÚN PLANIFICACIÓN. ESTUDIO DE LOS PROTOCOLOS DE COMUNICACIÓN SEGUROS PARA LAS COMUNICACIONES A LO LARGO DE TODO EL PROYECTO, DESDE LOS SISTEMAS DE CAPTURA Y GESTIÓN DE EVENTOS DE SEGURIDAD VINCULADOS CON LOS USUARIOS. ESTUDIO Y PROGRAMACIÓN DE INTERFACES PARA LA CONSULTA DE SERVICIOS ANTIAPT EN LA NUBE.--------</t>
         </is>
       </c>
-      <c r="B122" t="s" s="3">
+      <c r="B124" t="s" s="3">
+        <v>145</v>
+      </c>
+      <c r="C124" t="s" s="3">
         <v>8</v>
       </c>
-      <c r="C122" t="s" s="3">
-[...5 lines deleted...]
-      <c r="E122" s="4">
+      <c r="D124" t="s" s="3">
+        <v>117</v>
+      </c>
+      <c r="E124" s="4">
         <v>44317</v>
       </c>
-      <c r="F122" s="4">
+      <c r="F124" s="4">
         <v>44519</v>
       </c>
     </row>
-    <row r="123">
-[...12 lines deleted...]
-      <c r="E123" s="6">
+    <row r="125">
+      <c r="A125" t="s" s="5">
+        <v>271</v>
+      </c>
+      <c r="B125" t="s" s="5">
+        <v>145</v>
+      </c>
+      <c r="C125" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="D125" t="s" s="5">
+        <v>272</v>
+      </c>
+      <c r="E125" s="6">
         <v>44468</v>
       </c>
-      <c r="F123" s="6">
+      <c r="F125" s="6">
         <v>44469</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>